--- v0 (2026-01-11)
+++ v1 (2026-03-16)
@@ -1,145 +1,113 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Data" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5" uniqueCount="5">
   <si>
     <t xml:space="preserve">Nama</t>
   </si>
   <si>
     <t xml:space="preserve">Passport (Link)</t>
   </si>
   <si>
     <t xml:space="preserve">Pas Photo (Link)</t>
   </si>
   <si>
     <t xml:space="preserve">WP (Link)</t>
   </si>
   <si>
     <t xml:space="preserve">Visa (Link)</t>
-  </si>
-[...13 lines deleted...]
-    <t xml:space="preserve">https://staffmessprism.online/uploads/PARISGROUP/DEBI/DEBI_visa.png</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:E2"/>
+  <dimension ref="A1:E1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2">
-[...15 lines deleted...]
-    </row>
   </sheetData>
 </worksheet>
 </file>